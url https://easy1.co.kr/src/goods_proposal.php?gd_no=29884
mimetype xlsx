--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -16,66 +16,62 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>무지 폴리 클래식 파우치 [PH175] | 상품코드: F29884</t>
   </si>
   <si>
     <t>02-412-0044</t>
   </si>
   <si>
     <t>www.easy1.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
-  </si>
-[...2 lines deleted...]
-- 배송비 : 제품별 일정 수량당 5000원. (샘플비는 6천원)/ (제주도 및 도서산간지역 (박스당)추가배송비 발생.)/ (화물 및 퀵비는 별도) (인쇄비 제외, 제품가 기준, 1곳배송지 기준)</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t>실크 / OPP(비닐)</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>200~</t>
   </si>
   <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
   </si>
   <si>
     <t>3,000~</t>
   </si>
@@ -338,51 +334,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906d1b0352bb10beaae665ab197d7d9e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07dcbade9231632fc2b25508d48d77512.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571625" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1040,167 +1036,165 @@
       <c r="G21" s="32"/>
       <c r="H21" s="32"/>
       <c r="I21" s="32"/>
       <c r="J21" s="32"/>
       <c r="K21" s="32"/>
       <c r="L21" s="33"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="12.75" s="13" customFormat="1">
       <c r="A22" s="12"/>
       <c r="B22" s="12"/>
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="12"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A23" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="27"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A24" s="1"/>
       <c r="B24" s="27"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A25" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="13" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="27" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B27" s="15" t="s">
+      <c r="C27" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="15" t="s">
+      <c r="D27" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="E27" s="15" t="s">
+      <c r="F27" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="F27" s="15" t="s">
+      <c r="G27" s="15" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B28" s="15" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C28" s="18">
         <v>910</v>
       </c>
       <c r="D28" s="18">
         <v>890</v>
       </c>
       <c r="E28" s="18">
         <v>870</v>
       </c>
       <c r="F28" s="18">
         <v>840</v>
       </c>
       <c r="G28" s="18">
         <v>800</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15"/>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15"/>
       <c r="C31" s="18"/>
       <c r="D31" s="18"/>
       <c r="E31" s="18"/>
       <c r="F31" s="18"/>
       <c r="G31" s="18"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="33" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A33" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33" s="21" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
       <c r="L33" s="21"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1">
       <c r="L34" s="20"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="36" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="37" spans="1:12" customHeight="1" ht="12" s="7" customFormat="1"/>
     <row r="38" spans="1:12" customHeight="1" ht="12" s="7" customFormat="1"/>
     <row r="39" spans="1:12" customHeight="1" ht="12" s="7" customFormat="1"/>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B33:L33"/>
     <mergeCell ref="K1:L1"/>